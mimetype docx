--- v0 (2026-02-05)
+++ v1 (2026-03-25)
@@ -3138,69 +3138,51 @@
         <w:ind w:left="1671" w:hanging="547"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ASTM E330 - Standard Test Method for Structural Performance of Exterior Windows,</w:t>
       </w:r>
       <w:bookmarkStart w:id="37" w:name="7._ASTM_E398_-_Standard_Test_Method_for_"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Curtain Walls, and Doors </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Uniform Static Air Pressure</w:t>
+        <w:t xml:space="preserve"> Curtain Walls, and Doors By Uniform Static Air Pressure</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Difference.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3221C8DF" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="19"/>
@@ -4942,67 +4924,57 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Integrative process [IP] has a 1 pt. potential. VaproShield encourages this through</w:t>
       </w:r>
       <w:bookmarkStart w:id="55" w:name="2._Energy_and_Atmosphere_[EA]."/>
       <w:bookmarkEnd w:id="55"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> preconstruction planning for ‘building envelope</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>attributes’.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0856BB92" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1660"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="229" w:lineRule="exact"/>
         <w:ind w:hanging="534"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
@@ -5103,69 +5075,51 @@
           <w:ilvl w:val="4"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2236"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="57" w:name="b._Commissioning_(i.e._BECx):_Energy_loa"/>
       <w:bookmarkEnd w:id="57"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Commissioning (i.e., </w:t>
-[...17 lines deleted...]
-        <w:t>): Energy load reductions, Indoor Environmental Quality, and longevity of building components, which are required to satisfy the prerequisite if commissioning/verification for building envelope is chosen as a path before DD. Envelope Commissioning may qualify for an additional 2 pts, on top of the 4 pts via building energy simulation (enhanced commissioning), or complying with the prescriptive paths in ASHRAE</w:t>
+        <w:t>Commissioning (i.e., BECx): Energy load reductions, Indoor Environmental Quality, and longevity of building components, which are required to satisfy the prerequisite if commissioning/verification for building envelope is chosen as a path before DD. Envelope Commissioning may qualify for an additional 2 pts, on top of the 4 pts via building energy simulation (enhanced commissioning), or complying with the prescriptive paths in ASHRAE</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>90.1-2010</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B4F1045" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="19"/>
@@ -10065,174 +10019,102 @@
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2235"/>
           <w:tab w:val="left" w:pos="2236"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:hanging="577"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="103" w:name="b._Breaking_strength_to_ASTM_D5034:__128"/>
       <w:bookmarkEnd w:id="103"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dry breaking strength to ASTM D5034: 126 </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> (378 N), cross-machine</w:t>
+        <w:t>Dry breaking strength to ASTM D5034: 126 lbf (560 N), machine direction; 85 lbf (378 N), cross-machine</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>direction.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0363B112" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2235"/>
           <w:tab w:val="left" w:pos="2236"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1"/>
         <w:ind w:hanging="577"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="104" w:name="c._Elongation_to_ASTM_D5034:__119_lbf_(5"/>
       <w:bookmarkEnd w:id="104"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Elongation to ASTM D5034: 119 </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> (427 N), cross-machine</w:t>
+        <w:t>Elongation to ASTM D5034: 119 lbf (529 N), machine direction; 96 lbf (427 N), cross-machine</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>direction.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="228CA155" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="18"/>
@@ -10425,124 +10307,104 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B @ 23°C 50-100 %RH:</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>minimum of 24 perms (1373 ng/</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>minimum of 24 perms (1373 ng/Pa•s•m</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="081610A6" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2236"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:hanging="577"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="106" w:name="e._Air_Leakage:_0.0017_L/s•m2_@_75_Pa_(&lt;"/>
       <w:bookmarkStart w:id="107" w:name="f._Water_Resistance_tested_to_AATCC_127,"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Material Air Leakage: 0.0017 L/</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Material Air Leakage: 0.0017 L/s•m</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -10551,204 +10413,184 @@
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">@ 1.57 </w:t>
-[...17 lines deleted...]
-        <w:t>) when tested in accordance with ASTM E2178 and 0.0398 L/s•m</w:t>
+        <w:t>@ 1.57 psf) when tested in accordance with ASTM E2178 and 0.0398 L/s•m</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> @ 75 Pa (&lt;0.0078 cfm/ft</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> @ 1.57 </w:t>
-[...17 lines deleted...]
-        <w:t>) when tested in accordance with ASTM E2357. Meets Air Barrier Association of America (ABAA) requirements for “Adhesive Backed Commercial Building</w:t>
+        <w:t xml:space="preserve"> @ 1.57 psf) when tested in accordance with ASTM E2357. Meets Air Barrier Association of America (ABAA) requirements for “Adhesive Backed Commercial Building</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-29"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Wraps”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="518970D1" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2236"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:hanging="577"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Water Resistance tested to AATCC 127, 550 mm hydrostatic head for 5 hours: No leakage</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B9EAD4" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+    <w:p w14:paraId="20B9EAD4" w14:textId="56EB9434" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2236"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="229" w:lineRule="exact"/>
         <w:ind w:hanging="577"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="108" w:name="g._Application_Temperature:__Ambient_tem"/>
       <w:bookmarkStart w:id="109" w:name="h._Surface_Burning_Characteristics_teste"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Application Temperature: Ambient temperature must be above 20 °F (minus 6</w:t>
+        <w:t>Application Temperature: Ambient temperature must be above 20 °F (</w:t>
+      </w:r>
+      <w:r w:rsidR="007D7E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>°C).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="177285E2" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="18"/>
@@ -11429,51 +11271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="113" w:name="a._Same_material_and_properties_as_Panel"/>
       <w:bookmarkEnd w:id="113"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Same material and properties as PanelShield SA Self-Adhered Water-Resistive Vapor Permeable Air Barrier Sheet, factory slit to flashing sizes. (See 2.1.B.1</w:t>
       </w:r>
       <w:bookmarkStart w:id="114" w:name="b._Physical_Dimensions:_PanelFlashing_SA"/>
       <w:bookmarkEnd w:id="114"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> above).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A79D6E" w14:textId="24DC186A" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+    <w:p w14:paraId="60A79D6E" w14:textId="2517F911" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2235"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="2236"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="1"/>
@@ -11593,79 +11435,121 @@
           <w:position w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Black in color</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="36"/>
           <w:position w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="005D62B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="36"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4, 6, and</w:t>
+      </w:r>
+      <w:r w:rsidR="00B331D6" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>11¾</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="38"/>
           <w:position w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>inches (30 cm) wide x 102 feet (31 m) long.</w:t>
+        <w:t>inches (</w:t>
+      </w:r>
+      <w:r w:rsidR="0087669A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4816">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>30 cm) wide x 102 feet (31 m) long.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="186FC80E" w14:textId="5DDBFC4C" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="002E3838">
+    <w:p w14:paraId="186FC80E" w14:textId="4BC00ED1" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="002E3838">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="216"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SPEC</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -11735,60 +11619,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PanelFlashing</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SA</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -11811,106 +11693,118 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Water-Resistive</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vapor Permeable Air Barrier Sheet include: exterior grade gypsum board, plywood, precast concrete, cast-in- place concrete, concrete block, steel, </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Vapor Permeable Air Barrier Sheet </w:t>
+      </w:r>
+      <w:r w:rsidR="00F44B57" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exterior grade gypsum board, plywood, precast concrete, cast-in- place concrete, concrete block, steel, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F44B57" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aluminium</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, and galvanized metal. Best practice guidelines for the application</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PanelFlashing</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SA</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -12052,62 +11946,52 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Applications</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">of </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>of PanelFlashing</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SA</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -12333,138 +12217,84 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>material.</w:t>
       </w:r>
       <w:r w:rsidR="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The rough opening flashing system includes two components. </w:t>
-[...35 lines deleted...]
-        <w:t>™, VaproFlashing SA.</w:t>
+        <w:t>The rough opening flashing system includes two components. PanelFlashing SA™ Self-Adhered flashing and VaproLiqui-Flash™ or, as alternates, VaproBond™ Flashing or Vapro-SS Flashing™, BlockFlashing™, VaproFlashing SA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="135A8EF1" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1085"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="1080" w:hanging="576"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="115" w:name="D._VaproLiqui-Flash™_Vapor_Permeable_Wat"/>
       <w:bookmarkEnd w:id="115"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">VaproLiqui-Flash™ Vapor Permeable Water Resistive Flashing </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Rough</w:t>
+        <w:t>VaproLiqui-Flash™ Vapor Permeable Water Resistive Flashing For Rough</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Openings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="142A5C77" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="18"/>
@@ -12745,105 +12575,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>test.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DA049C9" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="101"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">SPEC WRITERS NOTE: Best construction practice for wood frame construction is to protect the jamb of rough openings with the </w:t>
-[...53 lines deleted...]
-        <w:t>™, or VaproFlashing SA™ may be used to protect the head, jamb, and sill of rough openings.</w:t>
+        <w:t>SPEC WRITERS NOTE: Best construction practice for wood frame construction is to protect the jamb of rough openings with the two-part system of PanelFlashing SA™ Self-Adhered flashing and vapor permeable VaproLiqui-Flash™ to reduce the risk of wood deterioration. Alternatively, for steel stud frame construction with gypsum sheathing surfaces, VaproBond™ Flashing, Vapro-SS Flashing™, BlockFlashing™, or VaproFlashing SA™ may be used to protect the head, jamb, and sill of rough openings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="493B8A26" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1085"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="1080" w:hanging="576"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="118" w:name="E._Alternate_Flashing_Products"/>
@@ -13074,50 +12850,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sealant,</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-16"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-16"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>window</w:t>
       </w:r>
       <w:bookmarkStart w:id="121" w:name="1)_VaproBond™_Flashing:_20-ounce_(592_ml"/>
       <w:bookmarkEnd w:id="121"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -13147,51 +12924,50 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2812"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>VaproBond™ Flashing: 20-ounce (592 ml)</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sausage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62138BD2" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
@@ -13626,67 +13402,57 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1659"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1658" w:hanging="534"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="128" w:name="4._BlockFlashing™_water_and_vapor_barrie"/>
       <w:bookmarkStart w:id="129" w:name="a._Include_BlockShield™_Flashing_by_Vapr"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t>™ water and vapor barrier flashing for rough</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BlockFlashing™ water and vapor barrier flashing for rough</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>openings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EBD1A12" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="18"/>
@@ -14181,69 +13947,51 @@
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mm) stainless steel sheet with an 8 mil (0.20 mm) butyl adhesive backing, which includes a</w:t>
       </w:r>
       <w:bookmarkStart w:id="132" w:name="a._Vapro-SS_Flashing™:_6,_12,_or_18_inch"/>
       <w:bookmarkEnd w:id="132"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Bar™ when the top section of the Vapro-SS Flashing™ is</w:t>
+        <w:t xml:space="preserve"> VaproTermination Bar™ when the top section of the Vapro-SS Flashing™ is</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>exposed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E90C707" w14:textId="39701129" w:rsidR="002F10C0" w:rsidRPr="002E3838" w:rsidRDefault="002F10C0" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="18"/>
@@ -14327,85 +14075,57 @@
         </w:rPr>
         <w:t>E154</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C019933" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2236"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:hanging="577"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> with elongated nail/screw penetrations on 1-inch centers as required for</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproTermination Bar™: 8 feet (2.4 m) long x 1 inch (25 mm) wide x ⅛ inch (3 mm) thickness, UV-resistant rigid thermoplastic extrusion, prepunched with elongated nail/screw penetrations on 1-inch centers as required for</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-22"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>installation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="745F13BD" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
@@ -15336,69 +15056,51 @@
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2235"/>
           <w:tab w:val="left" w:pos="2236"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:hanging="577"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tear Strength: 20 </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (3.5 N/mm) when tested in accordance to ASTM</w:t>
+        <w:t>Tear Strength: 20 ppi (3.5 N/mm) when tested in accordance to ASTM</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-17"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D624.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37040508" w14:textId="3FEAC355" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="002F10C0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="101"/>
@@ -15665,82 +15367,90 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include</w:t>
       </w:r>
       <w:r w:rsidR="002F10C0" w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2.1.H. for Water-Resistive Weather Barrier Batten and Ventilation Accessories.</w:t>
+        <w:t xml:space="preserve">2.1.H. for Water-Resistive Weather </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Barrier Batten and Ventilation Accessories.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3041C625" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1085"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="1080" w:hanging="576"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Provide a Rainscreen cavity using; VaproShim SA™ Self-Adhered, VaproMat™ and</w:t>
       </w:r>
       <w:bookmarkStart w:id="142" w:name="1._VaproShim_SA™_Self-Adhered,_Neoprene/"/>
       <w:bookmarkEnd w:id="142"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> VaproBattens™ with VaproVent™ Strips Accessories</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -16778,87 +16488,51 @@
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1084"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="1080" w:hanging="576"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="150" w:name="A._Provide_an_extendible_roller_tool_des"/>
       <w:bookmarkEnd w:id="150"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> is a heavy-duty design die-cast second handle for additional leverage and two-handed operation to firmly secure the adhesive to the substrate. A compact and lightweight roller with a 7.5-inch (19 cm) wide</w:t>
+        <w:t>Provide VaproRoller, an extendible roller tool designed to provide optimal leverage for a roller-based self- adhered membrane. VaproRoller is a heavy-duty design die-cast second handle for additional leverage and two-handed operation to firmly secure the adhesive to the substrate. A compact and lightweight roller with a 7.5-inch (19 cm) wide</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-13"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>design.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38FFE33C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -16919,101 +16593,125 @@
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1084"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="1080" w:hanging="576"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="153" w:name="A._Verify_that_surfaces_and_conditions_a"/>
       <w:bookmarkEnd w:id="153"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Verify that surfaces and conditions are ready to accept the work of this section. Notify [Envelope Consultant] [Engineer] [Architect] [Construction Manager] in writing of any discrepancies. Commencement of the work or any parts thereof shall mean acceptance of the prepared substrates.</w:t>
+        <w:t xml:space="preserve">Verify that surfaces and conditions are ready to accept the work of this section. Notify [Envelope Consultant] [Engineer] [Architect] [Construction Manager] in writing of any discrepancies. Commencement of the work or any parts thereof shall mean </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>acceptance of the prepared substrates.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47905887" w14:textId="0043FDBD" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+    <w:p w14:paraId="47905887" w14:textId="69A40B6B" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1084"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="1080" w:hanging="576"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="154" w:name="B._All_surfaces_must_be_dry,_sound,_clea"/>
       <w:bookmarkEnd w:id="154"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>All surfaces must be dry, sound, clean, free of oil, grease, dirt, excess mortar, or other contaminants detrimental to the adhesion of the water</w:t>
       </w:r>
       <w:r w:rsidR="002F10C0" w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>resistive air barrier membrane and flashings. Fill voids and gaps in substrate greater than 7/8 inch (22 mm) in width to provide an even</w:t>
+        <w:t xml:space="preserve">resistive air barrier membrane and flashings. Fill voids and gaps in </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>substrate greater than 7/8 inch (22 mm) in width to provide an even</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>surface.</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -17829,69 +17527,51 @@
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1084"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="158" w:name="F._If_exposed_fasteners_are_required,_us"/>
       <w:bookmarkEnd w:id="158"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">If exposed fasteners are required, use </w:t>
-[...17 lines deleted...]
-        <w:t>™ with the appropriate fastener into structural members to ensure a water/air-tight</w:t>
+        <w:t>If exposed fasteners are required, use VaproCaps™ with the appropriate fastener into structural members to ensure a water/air-tight</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>seal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D562FA1" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
@@ -18831,92 +18511,100 @@
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1083"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="1081" w:hanging="576"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="168" w:name="B._Align_and_position_fully_self-adhered"/>
       <w:bookmarkEnd w:id="168"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Align and position fully self-adhered air barrier transition and flashing membrane, remove protective film, and press firmly into place. Provide a minimum 3-inch (76 mm) lap onto</w:t>
+        <w:t xml:space="preserve">Align and position fully self-adhered air barrier transition and flashing membrane, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>remove protective film, and press firmly into place. Provide a minimum 3-inch (76 mm) lap onto</w:t>
       </w:r>
       <w:bookmarkStart w:id="169" w:name="C._Ensure_a_minimum_3-inch_(76_mm)_overl"/>
       <w:bookmarkEnd w:id="169"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> substrates.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32A32E63" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1082"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="1081" w:hanging="576"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Ensure a minimum 3-inch (76 mm) overlap at side and end laps of membrane and 6-inch (152.4</w:t>
       </w:r>
       <w:bookmarkStart w:id="170" w:name="D._Roll_the_membrane_and_lap_seams_with_"/>
       <w:bookmarkEnd w:id="170"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mm) at inside and outside corners, if joints occur at corner</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -19516,104 +19204,68 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SPEC WRITERS NOTE: </w:t>
       </w:r>
       <w:r w:rsidR="002F10C0" w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vapor-permeable</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> rough opening flashing system includes two components. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> SA</w:t>
+        <w:t xml:space="preserve"> rough opening flashing system includes two components. PanelFlashing SA</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">® </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Self-Adhered and VaproLiqui-Flash™ or, as an alternate, VaproBond™. A vapor impermeable rough opening system includes VaproFlashing, </w:t>
-[...17 lines deleted...]
-        <w:t>, or Vapro-SS</w:t>
+        <w:t>Self-Adhered and VaproLiqui-Flash™ or, as an alternate, VaproBond™. A vapor impermeable rough opening system includes VaproFlashing, BlockFlashing, or Vapro-SS</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Flashing™.</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="31"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -20185,69 +19837,51 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1228"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1239"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="181" w:name="3._VaproLiqui-Flash_Vapor_Permeable_Wate"/>
       <w:bookmarkStart w:id="182" w:name="a._Liquid-applied_window_and_door_flashi"/>
       <w:bookmarkEnd w:id="181"/>
       <w:bookmarkEnd w:id="182"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">VaproLiqui-Flash Vapor Permeable Water Resistive Flashing </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Rough</w:t>
+        <w:t>VaproLiqui-Flash Vapor Permeable Water Resistive Flashing For Rough</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Openings:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E8ABDAB" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="17"/>
@@ -20518,91 +20152,91 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>permeance</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>flashing for rough openings.</w:t>
+        <w:t xml:space="preserve">flashing for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>rough openings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15333578" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1660"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1"/>
         <w:ind w:hanging="547"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fluid-applied membrane for window and door flashing shall be VaproBond™ </w:t>
-[...8 lines deleted...]
-        <w:t>Flashing by VaproShield,</w:t>
+        <w:t>Fluid-applied membrane for window and door flashing shall be VaproBond™ Flashing by VaproShield,</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -21098,69 +20732,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Self-Adhered</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">flashing or, as an alternative, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">™, or Vapro-SS Flashing™. </w:t>
+        <w:t xml:space="preserve">flashing or, as an alternative, BlockFlashing™, or Vapro-SS Flashing™. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52AE1D99" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1659"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1672" w:hanging="547"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="186" w:name="1._Self-adhered_stainless-steel_membrane"/>
       <w:bookmarkEnd w:id="186"/>
@@ -21199,69 +20815,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Self-Adhered</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">flashing or, as an alternative, </w:t>
-[...17 lines deleted...]
-        <w:t>™, or Vapro-SS Flashing™ Self-adhered membrane for window and door flashing by</w:t>
+        <w:t>flashing or, as an alternative, BlockFlashing™, or Vapro-SS Flashing™ Self-adhered membrane for window and door flashing by</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>VaproShield,</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -21495,69 +21093,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Self-Adhered</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">flashing or, as an alternative, </w:t>
-[...17 lines deleted...]
-        <w:t>™, or Vapro-SS Flashing™,</w:t>
+        <w:t>flashing or, as an alternative, BlockFlashing™, or Vapro-SS Flashing™,</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1-inch</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -22519,110 +22099,110 @@
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1227"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="1226" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Continue to remove release film and apply pressure to ensure positive contact onto the wall substrate.</w:t>
+        <w:t xml:space="preserve">Continue to remove release film and apply pressure to ensure positive contact onto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>the wall substrate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68D372E3" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1227"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1226" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="200" w:name="K._Install_subsequent_sheets_of_fully_se"/>
       <w:bookmarkEnd w:id="200"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Refer to </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r w:rsidRPr="002E3838">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://vaproshield.com/installation/instructions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for the most current and </w:t>
-[...8 lines deleted...]
-        <w:t>complete installation</w:t>
+        <w:t xml:space="preserve"> for the most current and complete installation</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>instructions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12EB672D" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
@@ -23411,69 +22991,51 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1083"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1081" w:hanging="576"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Install subsequent sheets of fully self-adhered vapor-permeable air barrier sheets in overlapping weatherboard format. Ensure sheets lie smoothly and flat on surfaces. Roll the membrane and lapped seams with a two-handed </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> to ensure contact and</w:t>
+        <w:t>Install subsequent sheets of fully self-adhered vapor-permeable air barrier sheets in overlapping weatherboard format. Ensure sheets lie smoothly and flat on surfaces. Roll the membrane and lapped seams with a two-handed VaproRoller to ensure contact and</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>adhesion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C0B2517" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
@@ -24053,50 +23615,51 @@
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1085"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="1080" w:hanging="576"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Make notification when sections of work are complete to allow review before covering the fully</w:t>
       </w:r>
       <w:bookmarkStart w:id="220" w:name="B._Owner_to_engage_an_independent_consul"/>
       <w:bookmarkEnd w:id="220"/>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> self-adhered water-resistive vapor-permeable air barrier</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -24111,51 +23674,50 @@
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1085"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="1080" w:hanging="576"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Owner to engage an independent consultant to observe substrate and membrane installation before placement of cladding system(s) and provide written documentation of</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-26"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>observations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E1BFE66" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -24469,78 +24031,94 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> installation of cladding. Repair, or remove and replace damaged sections with new</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-33"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>membrane.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DEA696C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+    <w:p w14:paraId="2DEA696C" w14:textId="16F74CCE" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1084"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Recommend to cap and protect exposed back-up walls against wet weather conditions during and after application of membrane, including wall openings and construction activity above completed fully self-adhered water-resistive vapor permeable air barrier</w:t>
+        <w:t xml:space="preserve">Recommend to cap and protect exposed back-up walls against wet weather conditions during and after application of </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane, including wall openings and construction activity above completed fully self-adhered water-resistive vapor permeable air barrier</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>installations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14DB12F4" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
@@ -24596,58 +24174,58 @@
         <w:t>END OF SECTION</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002F10C0" w:rsidRPr="002E3838" w:rsidSect="00DD0B52">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="0" w:right="1440" w:bottom="1440" w:left="1440" w:header="360" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64AF5ABF" w14:textId="77777777" w:rsidR="002D57C3" w:rsidRDefault="002D57C3">
+    <w:p w14:paraId="6347AF54" w14:textId="77777777" w:rsidR="00E36A57" w:rsidRDefault="00E36A57">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E1EB4FF" w14:textId="77777777" w:rsidR="002D57C3" w:rsidRDefault="002D57C3">
+    <w:p w14:paraId="2AC6E7FB" w14:textId="77777777" w:rsidR="00E36A57" w:rsidRDefault="00E36A57">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monospac821 BT">
@@ -24862,58 +24440,58 @@
   </w:sdt>
   <w:p w14:paraId="054E0C86" w14:textId="77777777" w:rsidR="001E2E97" w:rsidRPr="00984DEC" w:rsidRDefault="001E2E97" w:rsidP="00E241CB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10170"/>
       </w:tabs>
       <w:ind w:right="54"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A8A7D8B" w14:textId="77777777" w:rsidR="002D57C3" w:rsidRDefault="002D57C3">
+    <w:p w14:paraId="4877D2C0" w14:textId="77777777" w:rsidR="00E36A57" w:rsidRDefault="00E36A57">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37AEBACB" w14:textId="77777777" w:rsidR="002D57C3" w:rsidRDefault="002D57C3">
+    <w:p w14:paraId="3283E5D0" w14:textId="77777777" w:rsidR="00E36A57" w:rsidRDefault="00E36A57">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7824DD72" w14:textId="77777777" w:rsidR="001E2E97" w:rsidRPr="002E3838" w:rsidRDefault="001E2E97" w:rsidP="00DD0B52">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:before="240"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
@@ -26211,51 +25789,50 @@
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2017465127">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1396195369">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="979454409">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -26414,50 +25991,51 @@
     <w:rsid w:val="001C4494"/>
     <w:rsid w:val="001C6C81"/>
     <w:rsid w:val="001C7498"/>
     <w:rsid w:val="001C7C09"/>
     <w:rsid w:val="001D4D79"/>
     <w:rsid w:val="001E09D1"/>
     <w:rsid w:val="001E2E97"/>
     <w:rsid w:val="001E7CDE"/>
     <w:rsid w:val="001F02E7"/>
     <w:rsid w:val="00204D33"/>
     <w:rsid w:val="002061F5"/>
     <w:rsid w:val="0020699B"/>
     <w:rsid w:val="00207064"/>
     <w:rsid w:val="00210A2C"/>
     <w:rsid w:val="00210A8E"/>
     <w:rsid w:val="0021154E"/>
     <w:rsid w:val="002116C6"/>
     <w:rsid w:val="0021251E"/>
     <w:rsid w:val="00212BC5"/>
     <w:rsid w:val="00212FD6"/>
     <w:rsid w:val="00214D2F"/>
     <w:rsid w:val="0021657C"/>
     <w:rsid w:val="0022105B"/>
     <w:rsid w:val="002215F3"/>
     <w:rsid w:val="00225479"/>
+    <w:rsid w:val="0022591B"/>
     <w:rsid w:val="00225FE3"/>
     <w:rsid w:val="00242173"/>
     <w:rsid w:val="002423EA"/>
     <w:rsid w:val="002424F1"/>
     <w:rsid w:val="00242929"/>
     <w:rsid w:val="002438E9"/>
     <w:rsid w:val="002456FA"/>
     <w:rsid w:val="0024628F"/>
     <w:rsid w:val="00247DE0"/>
     <w:rsid w:val="00250683"/>
     <w:rsid w:val="00251312"/>
     <w:rsid w:val="0025235A"/>
     <w:rsid w:val="0025278A"/>
     <w:rsid w:val="002527AE"/>
     <w:rsid w:val="00253BEC"/>
     <w:rsid w:val="0025406F"/>
     <w:rsid w:val="00255A4F"/>
     <w:rsid w:val="00255E7D"/>
     <w:rsid w:val="00256918"/>
     <w:rsid w:val="00260A95"/>
     <w:rsid w:val="00261752"/>
     <w:rsid w:val="002634F5"/>
     <w:rsid w:val="002665F6"/>
     <w:rsid w:val="00271854"/>
     <w:rsid w:val="00272550"/>
@@ -26607,137 +26185,141 @@
     <w:rsid w:val="004B6C3F"/>
     <w:rsid w:val="004B6D01"/>
     <w:rsid w:val="004C0C5D"/>
     <w:rsid w:val="004C4817"/>
     <w:rsid w:val="004C4FEB"/>
     <w:rsid w:val="004C752D"/>
     <w:rsid w:val="004C7F73"/>
     <w:rsid w:val="004D26A2"/>
     <w:rsid w:val="004D387C"/>
     <w:rsid w:val="004E123A"/>
     <w:rsid w:val="004E202A"/>
     <w:rsid w:val="004E31B0"/>
     <w:rsid w:val="004E527F"/>
     <w:rsid w:val="004E6838"/>
     <w:rsid w:val="004E7A97"/>
     <w:rsid w:val="004E7BDB"/>
     <w:rsid w:val="004F0FE9"/>
     <w:rsid w:val="004F111F"/>
     <w:rsid w:val="004F46B3"/>
     <w:rsid w:val="004F584B"/>
     <w:rsid w:val="00500522"/>
     <w:rsid w:val="00501AAE"/>
     <w:rsid w:val="00502598"/>
     <w:rsid w:val="00505F7B"/>
     <w:rsid w:val="00511025"/>
+    <w:rsid w:val="00511565"/>
     <w:rsid w:val="00512291"/>
     <w:rsid w:val="00525208"/>
     <w:rsid w:val="00526819"/>
     <w:rsid w:val="00530823"/>
     <w:rsid w:val="00533947"/>
     <w:rsid w:val="00536E40"/>
     <w:rsid w:val="00536EED"/>
     <w:rsid w:val="00537891"/>
     <w:rsid w:val="0054193C"/>
     <w:rsid w:val="00542436"/>
     <w:rsid w:val="005448D5"/>
     <w:rsid w:val="00544D4B"/>
     <w:rsid w:val="005451DE"/>
     <w:rsid w:val="0054766A"/>
     <w:rsid w:val="0055283D"/>
     <w:rsid w:val="00553E24"/>
     <w:rsid w:val="005546F2"/>
     <w:rsid w:val="005549DF"/>
     <w:rsid w:val="00561EB3"/>
     <w:rsid w:val="005642BC"/>
     <w:rsid w:val="00565E31"/>
     <w:rsid w:val="00566E9D"/>
     <w:rsid w:val="00572114"/>
     <w:rsid w:val="0057289A"/>
     <w:rsid w:val="00573A9C"/>
     <w:rsid w:val="005762AF"/>
     <w:rsid w:val="00580F62"/>
     <w:rsid w:val="00582200"/>
     <w:rsid w:val="00586972"/>
     <w:rsid w:val="005921DD"/>
     <w:rsid w:val="0059237F"/>
     <w:rsid w:val="005929C9"/>
     <w:rsid w:val="00592A1C"/>
     <w:rsid w:val="00596D1A"/>
     <w:rsid w:val="005A20CE"/>
     <w:rsid w:val="005A2185"/>
     <w:rsid w:val="005A3136"/>
     <w:rsid w:val="005A36A4"/>
+    <w:rsid w:val="005A390A"/>
     <w:rsid w:val="005A40DB"/>
     <w:rsid w:val="005A54E1"/>
     <w:rsid w:val="005A5A36"/>
     <w:rsid w:val="005A6947"/>
     <w:rsid w:val="005B0938"/>
     <w:rsid w:val="005B1242"/>
     <w:rsid w:val="005B3957"/>
     <w:rsid w:val="005B40C2"/>
     <w:rsid w:val="005B4615"/>
     <w:rsid w:val="005B6494"/>
     <w:rsid w:val="005B7D0B"/>
     <w:rsid w:val="005C2B6B"/>
     <w:rsid w:val="005C2E4B"/>
     <w:rsid w:val="005C49F2"/>
     <w:rsid w:val="005C4EFF"/>
     <w:rsid w:val="005C6823"/>
     <w:rsid w:val="005D4059"/>
     <w:rsid w:val="005D495F"/>
+    <w:rsid w:val="005D62B1"/>
     <w:rsid w:val="005D7A4B"/>
     <w:rsid w:val="005E4675"/>
     <w:rsid w:val="005E4E23"/>
     <w:rsid w:val="005E7ACE"/>
     <w:rsid w:val="005F3CF2"/>
     <w:rsid w:val="005F3D97"/>
     <w:rsid w:val="005F4872"/>
     <w:rsid w:val="005F59E0"/>
     <w:rsid w:val="005F6AB9"/>
     <w:rsid w:val="00604798"/>
     <w:rsid w:val="00612ADA"/>
     <w:rsid w:val="006131F8"/>
     <w:rsid w:val="00615A6D"/>
     <w:rsid w:val="00621259"/>
     <w:rsid w:val="00627577"/>
     <w:rsid w:val="00631279"/>
     <w:rsid w:val="0063275F"/>
     <w:rsid w:val="00635442"/>
     <w:rsid w:val="0063549F"/>
     <w:rsid w:val="006413EA"/>
     <w:rsid w:val="0064414F"/>
     <w:rsid w:val="00647C86"/>
     <w:rsid w:val="00647E08"/>
     <w:rsid w:val="006518CA"/>
     <w:rsid w:val="00653311"/>
     <w:rsid w:val="00653B79"/>
     <w:rsid w:val="00653DDC"/>
     <w:rsid w:val="00655449"/>
     <w:rsid w:val="00663672"/>
     <w:rsid w:val="006645D3"/>
     <w:rsid w:val="00664BD2"/>
+    <w:rsid w:val="0066575E"/>
     <w:rsid w:val="006664E3"/>
     <w:rsid w:val="00666DF3"/>
     <w:rsid w:val="0067040A"/>
     <w:rsid w:val="0067248C"/>
     <w:rsid w:val="00672C9A"/>
     <w:rsid w:val="006737C3"/>
     <w:rsid w:val="006772DE"/>
     <w:rsid w:val="00685337"/>
     <w:rsid w:val="00690448"/>
     <w:rsid w:val="0069058D"/>
     <w:rsid w:val="00692FC9"/>
     <w:rsid w:val="00694122"/>
     <w:rsid w:val="00696DE2"/>
     <w:rsid w:val="006A0A68"/>
     <w:rsid w:val="006A1586"/>
     <w:rsid w:val="006A384D"/>
     <w:rsid w:val="006A5024"/>
     <w:rsid w:val="006A5F73"/>
     <w:rsid w:val="006A60E3"/>
     <w:rsid w:val="006A7E93"/>
     <w:rsid w:val="006A7E9B"/>
     <w:rsid w:val="006B0B78"/>
     <w:rsid w:val="006B20A0"/>
     <w:rsid w:val="006B681A"/>
     <w:rsid w:val="006B68C5"/>
@@ -26797,100 +26379,102 @@
     <w:rsid w:val="007844CD"/>
     <w:rsid w:val="0078514F"/>
     <w:rsid w:val="007862B7"/>
     <w:rsid w:val="007910FF"/>
     <w:rsid w:val="00791B0E"/>
     <w:rsid w:val="00792717"/>
     <w:rsid w:val="00793AB7"/>
     <w:rsid w:val="00795901"/>
     <w:rsid w:val="007968C6"/>
     <w:rsid w:val="007969A1"/>
     <w:rsid w:val="00797DCC"/>
     <w:rsid w:val="007A1489"/>
     <w:rsid w:val="007A53E3"/>
     <w:rsid w:val="007A540F"/>
     <w:rsid w:val="007A5B28"/>
     <w:rsid w:val="007A7A01"/>
     <w:rsid w:val="007B6400"/>
     <w:rsid w:val="007B67F8"/>
     <w:rsid w:val="007B75C9"/>
     <w:rsid w:val="007C09FD"/>
     <w:rsid w:val="007C601B"/>
     <w:rsid w:val="007C7D9F"/>
     <w:rsid w:val="007D01DF"/>
     <w:rsid w:val="007D3890"/>
     <w:rsid w:val="007D5946"/>
+    <w:rsid w:val="007D7E05"/>
     <w:rsid w:val="007E19DA"/>
     <w:rsid w:val="007E22A1"/>
     <w:rsid w:val="007E233C"/>
     <w:rsid w:val="007E2F9A"/>
     <w:rsid w:val="007E4BD9"/>
     <w:rsid w:val="007E5453"/>
     <w:rsid w:val="007E55F7"/>
     <w:rsid w:val="007E79F2"/>
     <w:rsid w:val="007F2A6F"/>
     <w:rsid w:val="007F6E9F"/>
     <w:rsid w:val="007F7328"/>
     <w:rsid w:val="00800A9C"/>
     <w:rsid w:val="008030AE"/>
     <w:rsid w:val="00804445"/>
     <w:rsid w:val="00805CC1"/>
     <w:rsid w:val="00810882"/>
     <w:rsid w:val="0081341A"/>
     <w:rsid w:val="008134A4"/>
     <w:rsid w:val="00814100"/>
     <w:rsid w:val="0081555A"/>
     <w:rsid w:val="008241DD"/>
     <w:rsid w:val="0082448E"/>
     <w:rsid w:val="00824AF1"/>
     <w:rsid w:val="00827479"/>
     <w:rsid w:val="008325AB"/>
     <w:rsid w:val="0083315C"/>
     <w:rsid w:val="008421A2"/>
     <w:rsid w:val="008425AB"/>
     <w:rsid w:val="008434D7"/>
     <w:rsid w:val="008442D8"/>
     <w:rsid w:val="0084505A"/>
     <w:rsid w:val="00845AFE"/>
     <w:rsid w:val="00846C66"/>
     <w:rsid w:val="008472D8"/>
     <w:rsid w:val="00847B7A"/>
     <w:rsid w:val="0085097F"/>
     <w:rsid w:val="00851011"/>
     <w:rsid w:val="00852228"/>
     <w:rsid w:val="008548C9"/>
     <w:rsid w:val="00855366"/>
     <w:rsid w:val="0085559C"/>
     <w:rsid w:val="00857BDD"/>
     <w:rsid w:val="008618EA"/>
     <w:rsid w:val="008620F2"/>
     <w:rsid w:val="00863846"/>
     <w:rsid w:val="00866179"/>
     <w:rsid w:val="0087073A"/>
     <w:rsid w:val="00871B28"/>
     <w:rsid w:val="0087430F"/>
     <w:rsid w:val="00876460"/>
+    <w:rsid w:val="0087669A"/>
     <w:rsid w:val="0088079F"/>
     <w:rsid w:val="0088111F"/>
     <w:rsid w:val="0088778B"/>
     <w:rsid w:val="00890269"/>
     <w:rsid w:val="00890598"/>
     <w:rsid w:val="008937B8"/>
     <w:rsid w:val="00893D31"/>
     <w:rsid w:val="008A0CFB"/>
     <w:rsid w:val="008A1369"/>
     <w:rsid w:val="008A2C13"/>
     <w:rsid w:val="008A44B9"/>
     <w:rsid w:val="008A5982"/>
     <w:rsid w:val="008A6648"/>
     <w:rsid w:val="008A71CB"/>
     <w:rsid w:val="008B04BD"/>
     <w:rsid w:val="008B090C"/>
     <w:rsid w:val="008B6413"/>
     <w:rsid w:val="008C013E"/>
     <w:rsid w:val="008C47E5"/>
     <w:rsid w:val="008C5E06"/>
     <w:rsid w:val="008C77C0"/>
     <w:rsid w:val="008C7D0C"/>
     <w:rsid w:val="008D196E"/>
     <w:rsid w:val="008D605B"/>
     <w:rsid w:val="008E0444"/>
@@ -27024,81 +26608,83 @@
     <w:rsid w:val="00A81CB5"/>
     <w:rsid w:val="00A830D1"/>
     <w:rsid w:val="00A844F5"/>
     <w:rsid w:val="00A85142"/>
     <w:rsid w:val="00A8554F"/>
     <w:rsid w:val="00A919E8"/>
     <w:rsid w:val="00A9441F"/>
     <w:rsid w:val="00A95F66"/>
     <w:rsid w:val="00A9646F"/>
     <w:rsid w:val="00AA0524"/>
     <w:rsid w:val="00AA1288"/>
     <w:rsid w:val="00AA142D"/>
     <w:rsid w:val="00AA194B"/>
     <w:rsid w:val="00AA2542"/>
     <w:rsid w:val="00AA3582"/>
     <w:rsid w:val="00AA3D3C"/>
     <w:rsid w:val="00AA40AA"/>
     <w:rsid w:val="00AA5660"/>
     <w:rsid w:val="00AA6269"/>
     <w:rsid w:val="00AA6C8D"/>
     <w:rsid w:val="00AA77F7"/>
     <w:rsid w:val="00AA7C11"/>
     <w:rsid w:val="00AB223C"/>
     <w:rsid w:val="00AB37EC"/>
     <w:rsid w:val="00AB4176"/>
+    <w:rsid w:val="00AB4816"/>
     <w:rsid w:val="00AB6722"/>
     <w:rsid w:val="00AB701F"/>
     <w:rsid w:val="00AC3CF9"/>
     <w:rsid w:val="00AC5208"/>
     <w:rsid w:val="00AC71C7"/>
     <w:rsid w:val="00AD0C7D"/>
     <w:rsid w:val="00AD3A14"/>
     <w:rsid w:val="00AD7437"/>
     <w:rsid w:val="00AE1289"/>
     <w:rsid w:val="00AE3718"/>
     <w:rsid w:val="00AE4C4B"/>
     <w:rsid w:val="00AE7F76"/>
     <w:rsid w:val="00AF22D4"/>
     <w:rsid w:val="00AF2535"/>
     <w:rsid w:val="00AF4D77"/>
     <w:rsid w:val="00AF569D"/>
     <w:rsid w:val="00AF72E6"/>
     <w:rsid w:val="00B037DE"/>
     <w:rsid w:val="00B0507F"/>
     <w:rsid w:val="00B106E5"/>
     <w:rsid w:val="00B10AC3"/>
     <w:rsid w:val="00B12C29"/>
     <w:rsid w:val="00B12CBF"/>
     <w:rsid w:val="00B171DB"/>
     <w:rsid w:val="00B21030"/>
     <w:rsid w:val="00B229E7"/>
     <w:rsid w:val="00B27E23"/>
     <w:rsid w:val="00B30BFD"/>
     <w:rsid w:val="00B31347"/>
     <w:rsid w:val="00B31890"/>
     <w:rsid w:val="00B31A56"/>
+    <w:rsid w:val="00B331D6"/>
     <w:rsid w:val="00B37A50"/>
     <w:rsid w:val="00B43BF1"/>
     <w:rsid w:val="00B4481D"/>
     <w:rsid w:val="00B46A7F"/>
     <w:rsid w:val="00B50652"/>
     <w:rsid w:val="00B50EA6"/>
     <w:rsid w:val="00B51A2C"/>
     <w:rsid w:val="00B53D05"/>
     <w:rsid w:val="00B54BC0"/>
     <w:rsid w:val="00B55FDD"/>
     <w:rsid w:val="00B5612E"/>
     <w:rsid w:val="00B61E46"/>
     <w:rsid w:val="00B65A8C"/>
     <w:rsid w:val="00B676BB"/>
     <w:rsid w:val="00B67F15"/>
     <w:rsid w:val="00B710D6"/>
     <w:rsid w:val="00B7207F"/>
     <w:rsid w:val="00B73C33"/>
     <w:rsid w:val="00B77316"/>
     <w:rsid w:val="00B80383"/>
     <w:rsid w:val="00B8084F"/>
     <w:rsid w:val="00B82C28"/>
     <w:rsid w:val="00B82D89"/>
     <w:rsid w:val="00B866A5"/>
     <w:rsid w:val="00B920AA"/>
@@ -27219,93 +26805,95 @@
     <w:rsid w:val="00D32340"/>
     <w:rsid w:val="00D334E3"/>
     <w:rsid w:val="00D33D8D"/>
     <w:rsid w:val="00D36D55"/>
     <w:rsid w:val="00D37B17"/>
     <w:rsid w:val="00D45600"/>
     <w:rsid w:val="00D4586B"/>
     <w:rsid w:val="00D45B01"/>
     <w:rsid w:val="00D4710C"/>
     <w:rsid w:val="00D47FA6"/>
     <w:rsid w:val="00D50302"/>
     <w:rsid w:val="00D52067"/>
     <w:rsid w:val="00D57108"/>
     <w:rsid w:val="00D60BD5"/>
     <w:rsid w:val="00D6136A"/>
     <w:rsid w:val="00D62B15"/>
     <w:rsid w:val="00D64015"/>
     <w:rsid w:val="00D65011"/>
     <w:rsid w:val="00D65A3E"/>
     <w:rsid w:val="00D70C08"/>
     <w:rsid w:val="00D72154"/>
     <w:rsid w:val="00D725DA"/>
     <w:rsid w:val="00D72792"/>
     <w:rsid w:val="00D76997"/>
     <w:rsid w:val="00D80745"/>
+    <w:rsid w:val="00D810B8"/>
     <w:rsid w:val="00D8291E"/>
     <w:rsid w:val="00D849B3"/>
     <w:rsid w:val="00D85F96"/>
     <w:rsid w:val="00D9255E"/>
     <w:rsid w:val="00D92FB9"/>
     <w:rsid w:val="00D938EE"/>
     <w:rsid w:val="00D96573"/>
     <w:rsid w:val="00DA2F24"/>
     <w:rsid w:val="00DA361B"/>
     <w:rsid w:val="00DA3635"/>
     <w:rsid w:val="00DB0276"/>
     <w:rsid w:val="00DB0464"/>
     <w:rsid w:val="00DB2B15"/>
     <w:rsid w:val="00DC0818"/>
     <w:rsid w:val="00DC5B20"/>
     <w:rsid w:val="00DC617B"/>
     <w:rsid w:val="00DD022C"/>
     <w:rsid w:val="00DD081F"/>
     <w:rsid w:val="00DD0877"/>
     <w:rsid w:val="00DD0B52"/>
     <w:rsid w:val="00DD4B68"/>
     <w:rsid w:val="00DD7811"/>
     <w:rsid w:val="00DE6FC4"/>
     <w:rsid w:val="00DF2038"/>
     <w:rsid w:val="00E00401"/>
     <w:rsid w:val="00E00D63"/>
     <w:rsid w:val="00E0335D"/>
     <w:rsid w:val="00E049EB"/>
     <w:rsid w:val="00E060CC"/>
     <w:rsid w:val="00E11955"/>
     <w:rsid w:val="00E13BE9"/>
     <w:rsid w:val="00E148AA"/>
     <w:rsid w:val="00E14D60"/>
     <w:rsid w:val="00E163DB"/>
     <w:rsid w:val="00E20ECA"/>
     <w:rsid w:val="00E2228A"/>
     <w:rsid w:val="00E2258D"/>
     <w:rsid w:val="00E241CB"/>
     <w:rsid w:val="00E25914"/>
     <w:rsid w:val="00E273C4"/>
     <w:rsid w:val="00E27AB4"/>
     <w:rsid w:val="00E329AE"/>
     <w:rsid w:val="00E341CB"/>
+    <w:rsid w:val="00E36A57"/>
     <w:rsid w:val="00E37167"/>
     <w:rsid w:val="00E37731"/>
     <w:rsid w:val="00E42B2C"/>
     <w:rsid w:val="00E45872"/>
     <w:rsid w:val="00E459AB"/>
     <w:rsid w:val="00E478E0"/>
     <w:rsid w:val="00E50E63"/>
     <w:rsid w:val="00E515A4"/>
     <w:rsid w:val="00E51618"/>
     <w:rsid w:val="00E51ACE"/>
     <w:rsid w:val="00E532CA"/>
     <w:rsid w:val="00E555CA"/>
     <w:rsid w:val="00E568DC"/>
     <w:rsid w:val="00E63CC4"/>
     <w:rsid w:val="00E66B53"/>
     <w:rsid w:val="00E72C09"/>
     <w:rsid w:val="00E7769D"/>
     <w:rsid w:val="00E81930"/>
     <w:rsid w:val="00E84736"/>
     <w:rsid w:val="00E85C9A"/>
     <w:rsid w:val="00E85F5D"/>
     <w:rsid w:val="00E91B62"/>
     <w:rsid w:val="00E92230"/>
     <w:rsid w:val="00E92520"/>
     <w:rsid w:val="00E92EB1"/>
@@ -27346,50 +26934,51 @@
     <w:rsid w:val="00EE31A6"/>
     <w:rsid w:val="00EE3D63"/>
     <w:rsid w:val="00EE65D1"/>
     <w:rsid w:val="00EF310F"/>
     <w:rsid w:val="00EF48E2"/>
     <w:rsid w:val="00F018CE"/>
     <w:rsid w:val="00F02739"/>
     <w:rsid w:val="00F02CDF"/>
     <w:rsid w:val="00F04192"/>
     <w:rsid w:val="00F04BBF"/>
     <w:rsid w:val="00F04F7E"/>
     <w:rsid w:val="00F05BD1"/>
     <w:rsid w:val="00F12804"/>
     <w:rsid w:val="00F12D19"/>
     <w:rsid w:val="00F14279"/>
     <w:rsid w:val="00F23C1F"/>
     <w:rsid w:val="00F23FA1"/>
     <w:rsid w:val="00F26F30"/>
     <w:rsid w:val="00F2795C"/>
     <w:rsid w:val="00F3016A"/>
     <w:rsid w:val="00F3302A"/>
     <w:rsid w:val="00F34D36"/>
     <w:rsid w:val="00F37D70"/>
     <w:rsid w:val="00F41FF9"/>
     <w:rsid w:val="00F43066"/>
+    <w:rsid w:val="00F44B57"/>
     <w:rsid w:val="00F45014"/>
     <w:rsid w:val="00F456BD"/>
     <w:rsid w:val="00F45FD1"/>
     <w:rsid w:val="00F5170D"/>
     <w:rsid w:val="00F62D4F"/>
     <w:rsid w:val="00F633A9"/>
     <w:rsid w:val="00F6350D"/>
     <w:rsid w:val="00F656AE"/>
     <w:rsid w:val="00F65DFB"/>
     <w:rsid w:val="00F6680E"/>
     <w:rsid w:val="00F70F1C"/>
     <w:rsid w:val="00F729A3"/>
     <w:rsid w:val="00F73F0B"/>
     <w:rsid w:val="00F83384"/>
     <w:rsid w:val="00F853F3"/>
     <w:rsid w:val="00F85FC3"/>
     <w:rsid w:val="00F866FE"/>
     <w:rsid w:val="00F86977"/>
     <w:rsid w:val="00F8698F"/>
     <w:rsid w:val="00F870E1"/>
     <w:rsid w:val="00F87667"/>
     <w:rsid w:val="00F87AF0"/>
     <w:rsid w:val="00F90406"/>
     <w:rsid w:val="00F9346E"/>
     <w:rsid w:val="00F93D7E"/>
@@ -29546,80 +29135,96 @@
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers-Light">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:comments="0" w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F041B"/>
     <w:rsid w:val="000628E2"/>
+    <w:rsid w:val="000B151B"/>
     <w:rsid w:val="000B78E0"/>
     <w:rsid w:val="000E6281"/>
     <w:rsid w:val="001656D7"/>
     <w:rsid w:val="0022775E"/>
     <w:rsid w:val="002A53AE"/>
     <w:rsid w:val="002F1F24"/>
     <w:rsid w:val="0032467C"/>
     <w:rsid w:val="00325CC6"/>
     <w:rsid w:val="003C5A44"/>
     <w:rsid w:val="003F041B"/>
     <w:rsid w:val="004F1A4C"/>
+    <w:rsid w:val="00511565"/>
     <w:rsid w:val="005160C4"/>
     <w:rsid w:val="0052791E"/>
+    <w:rsid w:val="00597880"/>
+    <w:rsid w:val="005A390A"/>
     <w:rsid w:val="005E19EE"/>
     <w:rsid w:val="00666F18"/>
     <w:rsid w:val="00671124"/>
     <w:rsid w:val="006A60E3"/>
     <w:rsid w:val="006E59C8"/>
     <w:rsid w:val="00703181"/>
     <w:rsid w:val="0079060F"/>
     <w:rsid w:val="007918C4"/>
     <w:rsid w:val="007D10F3"/>
     <w:rsid w:val="007E0B73"/>
     <w:rsid w:val="008A269C"/>
     <w:rsid w:val="0092162A"/>
     <w:rsid w:val="009B1D55"/>
     <w:rsid w:val="00A971B4"/>
     <w:rsid w:val="00AA442C"/>
     <w:rsid w:val="00C027F5"/>
     <w:rsid w:val="00C56674"/>
     <w:rsid w:val="00DD3E88"/>
     <w:rsid w:val="00DF6F90"/>
     <w:rsid w:val="00E27F0C"/>
     <w:rsid w:val="00E665F9"/>
     <w:rsid w:val="00F02135"/>
     <w:rsid w:val="00F175BB"/>
     <w:rsid w:val="00FE27FF"/>
     <w:rsid w:val="00FF3EE9"/>
@@ -30375,75 +29980,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DE7133A-9775-4E98-9A5D-A54C40A8442F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>5026</Words>
-  <Characters>28652</Characters>
+  <Words>4876</Words>
+  <Characters>28824</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>238</Lines>
-  <Paragraphs>67</Paragraphs>
+  <Lines>554</Lines>
+  <Paragraphs>288</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33611</CharactersWithSpaces>
+  <CharactersWithSpaces>33412</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>2424948</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.vaproshield.com/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2424948</vt:i4>
       </vt:variant>
       <vt:variant>